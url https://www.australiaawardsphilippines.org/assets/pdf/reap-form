--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -1,53 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="507C53FD" w14:textId="48FE825A" w:rsidR="00E31257" w:rsidRPr="00EC7FF4" w:rsidRDefault="003B06D8" w:rsidP="003E5900">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC7FF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-PH" w:eastAsia="en-PH"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52A073CB" wp14:editId="43EBD2B0">
@@ -105,240 +101,288 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC7FF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>REAP Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAEE7AD" w14:textId="6775F607" w:rsidR="00E31257" w:rsidRPr="00671CCB" w:rsidRDefault="00671CCB" w:rsidP="00671CCB">
+    <w:p w14:paraId="4CAEE7AD" w14:textId="54B8FF22" w:rsidR="00E31257" w:rsidRPr="00671CCB" w:rsidRDefault="00671CCB" w:rsidP="00671CCB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00671CCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(for Applicants of 202</w:t>
       </w:r>
-      <w:r w:rsidR="003911F9">
+      <w:r w:rsidR="00153041">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00671CCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Intake)</w:t>
       </w:r>
       <w:r w:rsidR="00BF141A" w:rsidRPr="00671CCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CFABEB9" w14:textId="77777777" w:rsidR="00E31257" w:rsidRPr="00EC7FF4" w:rsidRDefault="00E31257" w:rsidP="003E5900">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A73A81B" w14:textId="77777777" w:rsidR="00687537" w:rsidRPr="0083614B" w:rsidRDefault="00687537" w:rsidP="00EB225B">
+    <w:p w14:paraId="6A73A81B" w14:textId="3E67F6E0" w:rsidR="00687537" w:rsidRPr="0083614B" w:rsidRDefault="00687537" w:rsidP="00EB225B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D35E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>The Re-entry Action Plan (REAP) is a formal document that represents a scholar's commitment to honor the conditions of the Australia Awards Scholarships (see Scholarship Handbook section 4.2).  It is a mechanism that allows scholars to apply what they have learned in Australia to contribute to Philippine development through a meaningful project in an organisation or community.</w:t>
+        <w:t xml:space="preserve">The Re-entry Action Plan (REAP) is a formal document that represents a scholar's commitment to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D35E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>honor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D35E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the conditions of the Australia Awards Scholarships (see Scholarship Handbook </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D73DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ver</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D73DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ction 4.2).  It is a mechanism that allows scholars to apply what they have learned in Australia to contribute to Philippine development through a meaningful project in an organisation or community.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="6865"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B338D6" w:rsidRPr="00B338D6" w14:paraId="05CF91BF" w14:textId="77777777" w:rsidTr="00D35E9D">
         <w:trPr>
           <w:trHeight w:val="2929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10195" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7204F909" w14:textId="1DAF628B" w:rsidR="00687537" w:rsidRPr="00B67AF2" w:rsidRDefault="00480B6A" w:rsidP="00D35E9D">
+          <w:p w14:paraId="7204F909" w14:textId="56F163B2" w:rsidR="00687537" w:rsidRPr="00F2638A" w:rsidRDefault="00480B6A" w:rsidP="008314CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH" w:eastAsia="en-PH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E029E3">
+            <w:r w:rsidRPr="00F2638A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>RELEVANCE OF THE REAP</w:t>
             </w:r>
-            <w:r w:rsidR="005009CE" w:rsidRPr="00E029E3">
+            <w:r w:rsidR="005009CE" w:rsidRPr="00F2638A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="005009CE" w:rsidRPr="00E029E3">
+            <w:r w:rsidR="005009CE" w:rsidRPr="00F2638A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00687537" w:rsidRPr="00B67AF2">
+            <w:r w:rsidR="00687537" w:rsidRPr="00F2638A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The REAP should clearly and succinctly explain how the delivery of its proposed output or outputs will improve the services or performance of the Host Organisation and ultimately contribute to the achievement of the goals set in the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00687537" w:rsidRPr="00B67AF2">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00F2638A" w:rsidRPr="00F2638A">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:color w:val="FFFFFF"/>
+                  <w:color w:val="4472C4" w:themeColor="accent1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Philippine Government's Ambisyon Natin 2040</w:t>
+                <w:t>Australia–Philippines Development Partnership Plan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00687537" w:rsidRPr="00B67AF2">
-[...8 lines deleted...]
-            <w:r w:rsidR="000C1779">
+            <w:r w:rsidR="000C1779" w:rsidRPr="00F2638A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43D2B752" w14:textId="77777777" w:rsidR="00687537" w:rsidRPr="00B67AF2" w:rsidRDefault="00D35E9D" w:rsidP="00E029E3">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:ind w:left="745"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
@@ -878,247 +922,191 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Problem / Opportunity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31EA16BD" w14:textId="77777777" w:rsidR="005C3AAF" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
+          <w:p w14:paraId="31EA16BD" w14:textId="7A8AE3C5" w:rsidR="005C3AAF" w:rsidRPr="0010146F" w:rsidRDefault="005009CE" w:rsidP="00AD7533">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
+            <w:r w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">What problem </w:t>
             </w:r>
-            <w:r w:rsidR="00E029E3">
+            <w:r w:rsidR="00E029E3" w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">or opportunity in the Host Organisation </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7FF4">
+            <w:r w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">is your REAP hoping to address? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C771C7C" w14:textId="77777777" w:rsidR="005C3AAF" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
+          <w:p w14:paraId="26547541" w14:textId="7780FFD4" w:rsidR="00FD2D80" w:rsidRPr="0010146F" w:rsidRDefault="00FD2D80" w:rsidP="00FD2D80">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
-[...47 lines deleted...]
-          <w:p w14:paraId="7C795A0D" w14:textId="77777777" w:rsidR="005C3AAF" w:rsidRPr="00D35E9D" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Please articulate how your REAP will address the problem stated in the first dot point.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C771C7C" w14:textId="77777777" w:rsidR="005C3AAF" w:rsidRPr="0010146F" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
-[...11 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cite specific examples, cases and/or reports to support your belief that this problem or opportunity really exists, is critical</w:t>
+            </w:r>
+            <w:r w:rsidR="00E029E3" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> but not urgent</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D611E5" w14:textId="302E0D4C" w:rsidR="00D35E9D" w:rsidRPr="0010146F" w:rsidRDefault="00AD7533" w:rsidP="00D35E9D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>In addition to the Host Organisation, how will you REAP contribute to addressing specific problems and challenges in the Philippines (please avoid motherhood statements)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5680A496" w14:textId="77777777" w:rsidR="00C61E02" w:rsidRDefault="00C61E02" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="78337740" w14:textId="77777777" w:rsidR="00232C2A" w:rsidRPr="00D35E9D" w:rsidRDefault="00BF141A" w:rsidP="00D35E9D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="130"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH" w:eastAsia="en-PH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(500 words)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005009CE" w:rsidRPr="00EC7FF4" w14:paraId="75D0A642" w14:textId="77777777" w:rsidTr="00D35E9D">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -1317,85 +1305,106 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, Disability, and Social Inclusion</w:t>
             </w:r>
             <w:r w:rsidR="007D3A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (GEDSI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5830724A" w14:textId="77777777" w:rsidR="00687537" w:rsidRDefault="00687537" w:rsidP="00D35E9D">
+          <w:p w14:paraId="5830724A" w14:textId="25255F1C" w:rsidR="00687537" w:rsidRPr="0010146F" w:rsidRDefault="00687537" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D35E9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t>How will women and other marginalised groups (i.e., IP, PWD, LGBTQ++, etc) benefit from the implementation of your REAP?  Provide specific strategies to respond to the needs of the specific groups.</w:t>
+              <w:t xml:space="preserve">How will women and other marginalised groups (i.e., IP, PWD, LGBTQ++, etc) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">benefit from the implementation of your REAP?  Provide specific strategies to respond to the </w:t>
+            </w:r>
+            <w:r w:rsidR="001916F4" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">problems/challenges/ barriers/needs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>of the specific groups.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="559D6E6D" w14:textId="77777777" w:rsidR="00BF141A" w:rsidRPr="00EC7FF4" w:rsidRDefault="00232C2A" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
+            <w:r w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(200 words)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671CCB" w:rsidRPr="00EC7FF4" w14:paraId="196D32B2" w14:textId="77777777" w:rsidTr="00D35E9D">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -1433,51 +1442,76 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58D90A4E" w14:textId="11804DB4" w:rsidR="00671CCB" w:rsidRPr="00D35E9D" w:rsidRDefault="00671CCB" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671CCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t>How your REAP will contribute to climate change adaptation, disaster risk reduction and environmental protection? The contribution could be in the manner of REAP implementation (e,g., use of products/materials that are environment-friendly or reducing the carbon footprints) or the use of REAP output/s to mitigate climate and disaster risks and protect the environment.</w:t>
+              <w:t>How your REAP will contribute to climate change adaptation, disaster risk reduction and environmental protection? The contribution could be in the manner of REAP implementation (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00671CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>e,g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00671CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00671CCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>, use of products/materials that are environment-friendly or reducing the carbon footprints) or the use of REAP output/s to mitigate climate and disaster risks and protect the environment.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(200 words)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51B9265F" w14:textId="77777777" w:rsidR="00A032A6" w:rsidRPr="00EC7FF4" w:rsidRDefault="00A032A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -1588,96 +1622,126 @@
               </w:rPr>
               <w:t>sustain</w:t>
             </w:r>
             <w:r w:rsidR="00561D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> the gains of the REAP</w:t>
             </w:r>
             <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> after </w:t>
             </w:r>
             <w:r w:rsidR="00561D7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">its </w:t>
             </w:r>
             <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">completion.  (TIP: Based on our survey, the following factors ensure the effective implementation of REAP: the goals of the REAP should align with the goals of the Host Organisation and the Host Organisation is committed to the completion and full implementation of your REAP.)    </w:t>
+              <w:t xml:space="preserve">completion.  (TIP: Based on our survey, the following factors ensure the effective implementation of REAP: the goals of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>the REAP</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should align with the goals of the Host Organisation and the Host Organisation is committed to the completion and full implementation of your REAP.)    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C3AAF" w:rsidRPr="00EC7FF4" w14:paraId="034DFF9B" w14:textId="77777777" w:rsidTr="00D35E9D">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3346" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32758AAB" w14:textId="3C297795" w:rsidR="005C3AAF" w:rsidRPr="00EC7FF4" w:rsidRDefault="005C3AAF" w:rsidP="00D35E9D">
+          <w:p w14:paraId="32758AAB" w14:textId="3CF90A7E" w:rsidR="005C3AAF" w:rsidRPr="00EC7FF4" w:rsidRDefault="005C3AAF" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="162" w:right="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Development impact</w:t>
+              <w:t xml:space="preserve">Development </w:t>
+            </w:r>
+            <w:r w:rsidR="003702F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mpact</w:t>
             </w:r>
             <w:r w:rsidR="00665B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Sustainability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6865" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62559CEF" w14:textId="77777777" w:rsidR="005C3AAF" w:rsidRDefault="005C3AAF" w:rsidP="00D35E9D">
             <w:pPr>
@@ -1735,67 +1799,85 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">What is your strategy to ensure that the gains of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>REAP</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will be institutionali</w:t>
+              <w:t xml:space="preserve"> will be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>institutionali</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">ed and sustained beyond the REAP </w:t>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and sustained beyond the REAP </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>completion?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="153AA189" w14:textId="77777777" w:rsidR="00665B8D" w:rsidRPr="00EC7FF4" w:rsidRDefault="00665B8D" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09725C5D" w14:textId="3758C258" w:rsidR="005C3AAF" w:rsidRPr="00EC7FF4" w:rsidRDefault="00665B8D" w:rsidP="00665B8D">
@@ -1840,58 +1922,68 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62538A0A" w14:textId="77777777" w:rsidR="005C6FA5" w:rsidRPr="00EC7FF4" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="162" w:right="78"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Organisational Outcome</w:t>
+              <w:t>Organisational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6865" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39E38C55" w14:textId="77777777" w:rsidR="00561D7F" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1981,51 +2073,87 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="353B43C2" w14:textId="77777777" w:rsidR="00BB1940" w:rsidRDefault="00BB1940" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Improvement on Organisational Structure</w:t>
+              <w:t xml:space="preserve">Improvement </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Organisational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Structure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DA33441" w14:textId="77777777" w:rsidR="00BB1940" w:rsidRDefault="00BB1940" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2195,105 +2323,160 @@
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="358E7F1A" w14:textId="77777777" w:rsidR="00D35E9D" w:rsidRDefault="005009CE" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">What output/s will your REAP produce? How will these outputs contribute to achieving the </w:t>
+              <w:t xml:space="preserve">What output/s will your REAP produce? How will </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>these</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>outputs</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribute to achieving the </w:t>
             </w:r>
             <w:r w:rsidR="00BB1940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">targeted </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>organisational outcome?</w:t>
+              <w:t>organisational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> outcome?</w:t>
             </w:r>
             <w:r w:rsidR="00D35E9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36AED82B" w14:textId="77777777" w:rsidR="00BF141A" w:rsidRPr="00EC7FF4" w:rsidRDefault="00D35E9D" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(200 wo</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BF141A" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t>rds)</w:t>
+              <w:t>rds</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BF141A" w:rsidRPr="00EC7FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00665B8D" w:rsidRPr="00EC7FF4" w14:paraId="645704CA" w14:textId="77777777" w:rsidTr="00D35E9D">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="1156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2440,58 +2623,80 @@
             </w:r>
             <w:r w:rsidR="00480B6A" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> OF THE REAP</w:t>
             </w:r>
             <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="005009CE" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> The REAP should be fully implemented within two years from when a scholar returns from Australia. The applicant should clearly and succinctly explain how he/she will implement the REAP within the required timeframe and budget. </w:t>
             </w:r>
             <w:r w:rsidR="007948A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (TIP:  The scale of your REAP should be within your circle of influence and control</w:t>
+              <w:t xml:space="preserve"> (TIP</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007948A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>:  The</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007948A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> scale of your REAP should be within your circle of influence and control</w:t>
             </w:r>
             <w:r w:rsidR="008219D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to ensure doability</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> to ensure </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008219D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>doability</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="007948A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CAE833F" w14:textId="77777777" w:rsidR="00383912" w:rsidRDefault="00383912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DEDE027" w14:textId="77777777" w:rsidR="00383912" w:rsidRPr="00D35E9D" w:rsidRDefault="008219D7" w:rsidP="00D35E9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3193,50 +3398,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50FDD600" w14:textId="77777777" w:rsidR="00567BA6" w:rsidRPr="00EC7FF4" w:rsidRDefault="00EC7FF4" w:rsidP="00567BA6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>&lt;&lt;add rows if necessary&gt;&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35079A03" w14:textId="77777777" w:rsidR="00567BA6" w:rsidRPr="00EC7FF4" w:rsidRDefault="00567BA6" w:rsidP="00567BA6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="29"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3570,112 +3776,154 @@
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1664D426" w14:textId="77777777" w:rsidR="00B23CD3" w:rsidRDefault="00567BA6" w:rsidP="00D35E9D">
+          <w:p w14:paraId="1664D426" w14:textId="3D9A1FA2" w:rsidR="00B23CD3" w:rsidRPr="0010146F" w:rsidRDefault="00567BA6" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B23CD3">
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estimate the </w:t>
+            </w:r>
+            <w:r w:rsidR="003702F2" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">human resources and financial </w:t>
+            </w:r>
+            <w:r w:rsidR="00B23CD3" w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(in terms of pesos per budget item) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7FF4">
+            <w:r w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">you require to successfully implement your REAP.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="352B8335" w14:textId="77777777" w:rsidR="00567BA6" w:rsidRDefault="00567BA6" w:rsidP="00D35E9D">
+          <w:p w14:paraId="352B8335" w14:textId="233FEE47" w:rsidR="00567BA6" w:rsidRDefault="003702F2" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
-[...7 lines deleted...]
-            <w:r w:rsidR="00BF141A" w:rsidRPr="00EC7FF4">
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, i</w:t>
+            </w:r>
+            <w:r w:rsidR="00567BA6" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nclude your strategy for accessing the necessary </w:t>
+            </w:r>
+            <w:r w:rsidR="0019607F" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF141A" w:rsidRPr="0010146F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61555414" w14:textId="77777777" w:rsidR="00B23CD3" w:rsidRDefault="00B23CD3" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21877C94" w14:textId="77777777" w:rsidR="00B23CD3" w:rsidRPr="00EC7FF4" w:rsidRDefault="00B23CD3" w:rsidP="00D35E9D">
             <w:pPr>
@@ -3789,77 +4037,85 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>REAP Start Date</w:t>
             </w:r>
             <w:r w:rsidR="00481ADD" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> and End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2CD6B6" w14:textId="77777777" w:rsidR="00E31257" w:rsidRPr="00EC7FF4" w:rsidRDefault="00EC7FF4" w:rsidP="00D35E9D">
+          <w:p w14:paraId="3B2CD6B6" w14:textId="3A474B5F" w:rsidR="00E31257" w:rsidRPr="0010146F" w:rsidRDefault="00EC7FF4" w:rsidP="00D35E9D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="83"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7FF4">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> implementation of the REAP</w:t>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indicate the start </w:t>
+            </w:r>
+            <w:r w:rsidR="00337A5E" w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>and end date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the implementation of the REAP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C0CB18A" w14:textId="77777777" w:rsidR="008F3386" w:rsidRDefault="008F3386"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8"/>
         <w:gridCol w:w="5087"/>
         <w:gridCol w:w="5076"/>
         <w:gridCol w:w="12"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F3386" w:rsidRPr="00EC7FF4" w14:paraId="20EA6AB7" w14:textId="77777777" w:rsidTr="00D97434">
         <w:trPr>
@@ -4357,55 +4613,55 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="660"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Signed by:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="514487F5" w14:textId="77777777" w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w:rsidRDefault="003E5900" w:rsidP="007B1B05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="660"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w14:paraId="32DFD4F9" w14:textId="77777777" w:rsidTr="005009CE">
+      <w:tr w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w14:paraId="32DFD4F9" w14:textId="77777777" w:rsidTr="0010146F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="1147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5095" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77F054A9" w14:textId="77777777" w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w:rsidRDefault="003E5900" w:rsidP="007B1B05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="660"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59ECE29C" w14:textId="77777777" w:rsidR="003E5900" w:rsidRDefault="003E5900" w:rsidP="007B1B05">
             <w:pPr>
@@ -4500,322 +4756,351 @@
           </w:p>
           <w:p w14:paraId="3F1DDEFA" w14:textId="77777777" w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w:rsidRDefault="006868E9" w:rsidP="007B1B05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="660"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00567BA6" w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Head of Host Organisation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77FFFED3" w14:textId="77777777" w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w:rsidRDefault="00567BA6" w:rsidP="00567BA6">
+          <w:p w14:paraId="015AC6FD" w14:textId="77777777" w:rsidR="003E5900" w:rsidRDefault="00567BA6" w:rsidP="00567BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="660"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7FF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Printed name over signature)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50093213" w14:textId="77777777" w:rsidR="00D764F6" w:rsidRDefault="00D764F6" w:rsidP="00567BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="660"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6048F9A6" w14:textId="77777777" w:rsidR="00D764F6" w:rsidRPr="0010146F" w:rsidRDefault="00D764F6" w:rsidP="00567BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="660"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Position:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E21F1D" w14:textId="77777777" w:rsidR="00D764F6" w:rsidRPr="0010146F" w:rsidRDefault="00D764F6" w:rsidP="00567BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="660"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Contact Number:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77FFFED3" w14:textId="351EF79A" w:rsidR="00D764F6" w:rsidRPr="00EC7FF4" w:rsidRDefault="00D764F6" w:rsidP="00567BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="660"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FFA12B9" w14:textId="77777777" w:rsidR="003E5900" w:rsidRPr="00EC7FF4" w:rsidRDefault="003E5900" w:rsidP="003E5900">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47AD1ADF" w14:textId="77777777" w:rsidR="00E31257" w:rsidRPr="00EC7FF4" w:rsidRDefault="00E31257" w:rsidP="003E5900">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56ECCAC8" w14:textId="77777777" w:rsidR="00E31257" w:rsidRPr="00EC7FF4" w:rsidRDefault="00E31257" w:rsidP="003E5900">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="110"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E31257" w:rsidRPr="00EC7FF4">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="800" w:right="740" w:bottom="280" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="10440"/>
       </w:cols>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43A9F2CB" w14:textId="77777777" w:rsidR="00DC1B34" w:rsidRDefault="00DC1B34" w:rsidP="00671CCB">
+    <w:p w14:paraId="17F76E24" w14:textId="77777777" w:rsidR="00342256" w:rsidRDefault="00342256" w:rsidP="00671CCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E7CC4C9" w14:textId="77777777" w:rsidR="00DC1B34" w:rsidRDefault="00DC1B34" w:rsidP="00671CCB">
+    <w:p w14:paraId="2FEB4D52" w14:textId="77777777" w:rsidR="00342256" w:rsidRDefault="00342256" w:rsidP="00671CCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="705B778A" w14:textId="77777777" w:rsidR="003911F9" w:rsidRDefault="003911F9">
-[...9 lines deleted...]
-  <w:p w14:paraId="3B6E9640" w14:textId="2043F76C" w:rsidR="00671CCB" w:rsidRPr="00671CCB" w:rsidRDefault="00671CCB">
+  <w:p w14:paraId="3B6E9640" w14:textId="6BF6BBA2" w:rsidR="00671CCB" w:rsidRPr="00671CCB" w:rsidRDefault="00671CCB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-PH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00671CCB">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-PH"/>
       </w:rPr>
       <w:t>REAP Template for 202</w:t>
     </w:r>
-    <w:r w:rsidR="003911F9">
+    <w:r w:rsidR="003702F2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-PH"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00671CCB">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-PH"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Intake Applicants, rev December 2024</w:t>
+      <w:t xml:space="preserve"> Intake Applicants, rev </w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="003702F2">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-PH"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Jan </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00671CCB">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-PH"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="003702F2">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-PH"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FDD05C8" w14:textId="77777777" w:rsidR="00DC1B34" w:rsidRDefault="00DC1B34" w:rsidP="00671CCB">
+    <w:p w14:paraId="72B6CF37" w14:textId="77777777" w:rsidR="00342256" w:rsidRDefault="00342256" w:rsidP="00671CCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E4B30E1" w14:textId="77777777" w:rsidR="00DC1B34" w:rsidRDefault="00DC1B34" w:rsidP="00671CCB">
+    <w:p w14:paraId="12102D30" w14:textId="77777777" w:rsidR="00342256" w:rsidRDefault="00342256" w:rsidP="00671CCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00875A16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7367636"/>
     <w:lvl w:ilvl="0" w:tplc="34090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="803" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="34090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6515,186 +6800,206 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="345596603">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1138304723">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1360351507">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="476342830">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1255288317">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1633825934">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006813A7"/>
     <w:rsid w:val="00071985"/>
     <w:rsid w:val="0009145E"/>
+    <w:rsid w:val="00091707"/>
     <w:rsid w:val="000C1779"/>
     <w:rsid w:val="000C58F7"/>
+    <w:rsid w:val="0010146F"/>
     <w:rsid w:val="00131636"/>
     <w:rsid w:val="00133D5C"/>
+    <w:rsid w:val="00153041"/>
     <w:rsid w:val="00163274"/>
+    <w:rsid w:val="001916F4"/>
+    <w:rsid w:val="0019607F"/>
     <w:rsid w:val="001976F4"/>
     <w:rsid w:val="001B422E"/>
     <w:rsid w:val="001C46FB"/>
     <w:rsid w:val="001F1739"/>
     <w:rsid w:val="001F21D8"/>
     <w:rsid w:val="00232C2A"/>
     <w:rsid w:val="00262555"/>
     <w:rsid w:val="003308A8"/>
     <w:rsid w:val="00334830"/>
+    <w:rsid w:val="00337A5E"/>
     <w:rsid w:val="00342096"/>
+    <w:rsid w:val="00342256"/>
+    <w:rsid w:val="003702F2"/>
     <w:rsid w:val="0037278D"/>
     <w:rsid w:val="00383912"/>
     <w:rsid w:val="003911F9"/>
     <w:rsid w:val="003B06D8"/>
     <w:rsid w:val="003B461A"/>
     <w:rsid w:val="003D1B7C"/>
     <w:rsid w:val="003E5900"/>
     <w:rsid w:val="004006C2"/>
     <w:rsid w:val="004034EA"/>
     <w:rsid w:val="00410EF2"/>
     <w:rsid w:val="0043507F"/>
     <w:rsid w:val="004661C8"/>
+    <w:rsid w:val="00477923"/>
     <w:rsid w:val="00480B6A"/>
     <w:rsid w:val="00481ADD"/>
     <w:rsid w:val="00487321"/>
     <w:rsid w:val="005009CE"/>
     <w:rsid w:val="00561D7F"/>
     <w:rsid w:val="00565BF3"/>
     <w:rsid w:val="00567BA6"/>
     <w:rsid w:val="00595AAC"/>
     <w:rsid w:val="005C3AAF"/>
     <w:rsid w:val="005C6FA5"/>
     <w:rsid w:val="005D6186"/>
     <w:rsid w:val="0060293E"/>
+    <w:rsid w:val="00663DD0"/>
     <w:rsid w:val="00665B8D"/>
     <w:rsid w:val="00671CCB"/>
     <w:rsid w:val="006813A7"/>
     <w:rsid w:val="00681792"/>
     <w:rsid w:val="006868E9"/>
     <w:rsid w:val="00687537"/>
     <w:rsid w:val="006B1247"/>
+    <w:rsid w:val="006F3FF8"/>
     <w:rsid w:val="007024CE"/>
     <w:rsid w:val="00735F15"/>
     <w:rsid w:val="007509DB"/>
     <w:rsid w:val="007948A0"/>
     <w:rsid w:val="007B1B05"/>
     <w:rsid w:val="007B6158"/>
     <w:rsid w:val="007C378B"/>
     <w:rsid w:val="007D3A02"/>
     <w:rsid w:val="007F2375"/>
     <w:rsid w:val="008219D7"/>
     <w:rsid w:val="0083614B"/>
     <w:rsid w:val="008376ED"/>
     <w:rsid w:val="00866588"/>
     <w:rsid w:val="008B0FCB"/>
     <w:rsid w:val="008B2445"/>
     <w:rsid w:val="008E6122"/>
     <w:rsid w:val="008F3386"/>
     <w:rsid w:val="00995B9C"/>
     <w:rsid w:val="00995FE2"/>
     <w:rsid w:val="00A032A6"/>
     <w:rsid w:val="00A76F55"/>
+    <w:rsid w:val="00AA2ED0"/>
     <w:rsid w:val="00AB63A8"/>
     <w:rsid w:val="00AC7759"/>
+    <w:rsid w:val="00AD7533"/>
     <w:rsid w:val="00B23CD3"/>
     <w:rsid w:val="00B338D6"/>
     <w:rsid w:val="00B45B39"/>
     <w:rsid w:val="00B47847"/>
     <w:rsid w:val="00B67AF2"/>
     <w:rsid w:val="00BB1940"/>
+    <w:rsid w:val="00BD1E08"/>
     <w:rsid w:val="00BF141A"/>
     <w:rsid w:val="00BF3A38"/>
     <w:rsid w:val="00C61E02"/>
     <w:rsid w:val="00CA40FE"/>
     <w:rsid w:val="00CD624D"/>
     <w:rsid w:val="00D04FA1"/>
     <w:rsid w:val="00D11515"/>
     <w:rsid w:val="00D35E9D"/>
+    <w:rsid w:val="00D73DB1"/>
+    <w:rsid w:val="00D752F4"/>
+    <w:rsid w:val="00D764F6"/>
     <w:rsid w:val="00D87078"/>
     <w:rsid w:val="00D92958"/>
     <w:rsid w:val="00DC1B34"/>
     <w:rsid w:val="00E029E3"/>
     <w:rsid w:val="00E24835"/>
     <w:rsid w:val="00E31257"/>
     <w:rsid w:val="00E84980"/>
     <w:rsid w:val="00EB225B"/>
     <w:rsid w:val="00EC7FF4"/>
     <w:rsid w:val="00F11F2C"/>
+    <w:rsid w:val="00F2638A"/>
     <w:rsid w:val="00FB6CE2"/>
     <w:rsid w:val="00FC705C"/>
     <w:rsid w:val="00FD0C2D"/>
+    <w:rsid w:val="00FD2D80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-PH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -7089,51 +7394,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00383912"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -7196,51 +7500,50 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687537"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-PH" w:eastAsia="en-PH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687537"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00671CCB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -7256,50 +7559,62 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00671CCB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00671CCB"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F2638A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="813251799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1565751449">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -7323,51 +7638,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1975721005">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://2040.neda.gov.ph/about-ambisyon-natin-2040/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://2040.neda.gov.ph/about-ambisyon-natin-2040/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfat.gov.au/publications/development/australia-philippines-development-partnership-plan" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7626,75 +7941,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>981</Words>
-  <Characters>5677</Characters>
+  <Words>1005</Words>
+  <Characters>5604</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>215</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Coffey International Limited</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6645</CharactersWithSpaces>
+  <CharactersWithSpaces>6505</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3538986</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.dfat.gov.au/publications/development/philippines-covid-19-development-response-plan</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997801</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -7747,25 +8062,33 @@
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Felipe_Sasa</dc:creator>
   <cp:keywords/>
   <dc:description>DocumentCreationInfo</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>d7df08ac-8ee7-4a2c-bc2b-00e5cdfa7095</vt:lpwstr>
+  </property>
+</Properties>
+</file>